--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf667f375b4384d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dbed7e1938b4547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc71825d63142e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2453b9e6df2a4dc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcebca5c3be474ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc71825d63142e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd2fcf20f4549bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2453b9e6df2a4dc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>67,512</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>