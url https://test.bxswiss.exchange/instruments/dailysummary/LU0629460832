--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dbed7e1938b4547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbfdf9b0139e44a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2453b9e6df2a4dc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reebe681709c14541"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd2fcf20f4549bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2453b9e6df2a4dc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R675895cdf24e43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reebe681709c14541" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>