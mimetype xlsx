--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redbf0ce510f943ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1444746dc1d14782" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R318e9a039ed04f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a70f148ebcd413f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d31eb7f1a648d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R318e9a039ed04f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a5090bb49b64eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a70f148ebcd413f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0643975591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>160,378</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,950</x:t>
-[...232 lines deleted...]
-          <x:t>159,926</x:t>
+          <x:t>160,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,683</x:t>
-[...58 lines deleted...]
-          <x:t>160,608</x:t>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>