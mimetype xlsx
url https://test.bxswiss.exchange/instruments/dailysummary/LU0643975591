--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1444746dc1d14782" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fed04d22a654174" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a70f148ebcd413f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9846c9a5abf4e50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a5090bb49b64eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a70f148ebcd413f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31ab25b300eb48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9846c9a5abf4e50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0643975591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>161,341</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,691</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>160,451</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...127 lines deleted...]
-          <x:t>160,700</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>