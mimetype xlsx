--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re708fb59470f4288" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75ff91c07f145a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34d28cd30df14cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2557f4dbbc9f4a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9109183b75f84c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34d28cd30df14cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07045b4d9f044c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2557f4dbbc9f4a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI World Swap UCITS ETF 4C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0659579733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>42,724</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,938</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>43,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...154 lines deleted...]
-          <x:t>43,373</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>