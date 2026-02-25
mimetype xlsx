--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75ff91c07f145a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11cb5e521db344b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2557f4dbbc9f4a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb3df92f46d451b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07045b4d9f044c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2557f4dbbc9f4a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39f9c2ce2ec34f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb3df92f46d451b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI World Swap UCITS ETF 4C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0659579733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,460</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>44,453</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>