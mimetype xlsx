--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9b73279091948af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8c4df457d345fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f468e5656e49f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d0a48d1cdc466f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c823c1a78f9436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f468e5656e49f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc24ae65ab54d495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d0a48d1cdc466f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0671493277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,006</x:t>
-[...495 lines deleted...]
-          <x:t>128,881</x:t>
+          <x:t>123,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>