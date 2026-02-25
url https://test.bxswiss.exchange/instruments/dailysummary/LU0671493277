--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8c4df457d345fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029537a29ca14063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d0a48d1cdc466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06266a16a96f42e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc24ae65ab54d495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d0a48d1cdc466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fc5fb4ebdb7474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06266a16a96f42e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0671493277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>