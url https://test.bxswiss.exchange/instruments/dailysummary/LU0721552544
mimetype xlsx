--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1090faecef62499e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3afdca7e6ef74dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4d8641ce6741fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf29c009b6d744c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e4cd73dc22a4d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4d8641ce6741fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f68d586be1e4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf29c009b6d744c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>19,520</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,617</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...413 lines deleted...]
-          <x:t>19,445</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,427</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>19,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>19,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>