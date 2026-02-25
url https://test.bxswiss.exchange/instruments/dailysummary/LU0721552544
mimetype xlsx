--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3afdca7e6ef74dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794742f9114349e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf29c009b6d744c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fe7b92271234b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f68d586be1e4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf29c009b6d744c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfaf9a858f954218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fe7b92271234b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>19,471</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,608</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>19,764</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,769</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>19,558</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>