--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30fcc1f95f841f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf539fc6590d441e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73b3c2781c3741ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684c26d3029d4c01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf776d6d283924322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73b3c2781c3741ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2ae7d4277394317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684c26d3029d4c01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>30,728</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,854</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>30,444</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,363</x:t>
-[...247 lines deleted...]
-          <x:t>30,747</x:t>
+          <x:t>30,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>