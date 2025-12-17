--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72330a11b26644b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4668cbb5fbd34446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reddc71877f3742bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b8e68c9bcd4b54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b8709a7acf34171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reddc71877f3742bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0657c0986744543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b8e68c9bcd4b54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Equity Quality Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0832436512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,640</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>