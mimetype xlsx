--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4668cbb5fbd34446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03552e7cd6234f0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b8e68c9bcd4b54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6ce961ff0d64c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0657c0986744543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b8e68c9bcd4b54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5341020e3c641f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6ce961ff0d64c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Equity Quality Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0832436512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,460</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>130,890</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>