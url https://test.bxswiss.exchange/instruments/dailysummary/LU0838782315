--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b3a83f3d1d4e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5419e0a54304e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re198e93ef574434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a25be4dcb5544f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c13990cd9c4db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re198e93ef574434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4a9165c64a4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a25be4dcb5544f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0838782315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,228</x:t>
-[...630 lines deleted...]
-          <x:t>139,498</x:t>
+          <x:t>140,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>