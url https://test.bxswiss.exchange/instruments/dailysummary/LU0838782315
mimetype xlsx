--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5419e0a54304e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bc5ff7cb20c43d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a25be4dcb5544f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d1b19be3b14edf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4a9165c64a4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a25be4dcb5544f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa1f247ff3a54d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d1b19be3b14edf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0838782315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>140,505</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,759</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>141,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>