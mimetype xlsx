--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2bbe51dbf14567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6141696f183b4591" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2307e333bc1c42fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19a7acaa87314a78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbcc6bb373444e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2307e333bc1c42fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd426bbfd597649cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19a7acaa87314a78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EMU UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0846194776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>55,944</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>