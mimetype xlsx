--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba4d4e0409f7483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c40a6397c34b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dba6308dc7445ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631f33605f304acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea922e0611874514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dba6308dc7445ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R770b64e971b44fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631f33605f304acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SBI Foreign AAA-BBB 5-10 ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0879399441</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>13,915</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,902</x:t>
-[...588 lines deleted...]
-          <x:t>14,019</x:t>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,943</x:t>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>