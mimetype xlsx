--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f3325e2ac1246c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c38bbb9ab224662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41316999e88442bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc89211e6e4b04a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e0780f2b5574640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41316999e88442bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6aaf6f606964a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc89211e6e4b04a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Inflation-Linked Bond UCITS ETF 5C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0908508814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>20,273</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,392</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>20,449</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,349</x:t>
-[...517 lines deleted...]
-          <x:t>20,483</x:t>
+          <x:t>20,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>