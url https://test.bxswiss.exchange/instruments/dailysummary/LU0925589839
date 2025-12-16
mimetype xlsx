--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b18b94de9d4934" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68fcbb3a4b1744a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d6057166aaa4c1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c22fb1e320048d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c3d4b0749db49c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d6057166aaa4c1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39998ab16f8b4af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c22fb1e320048d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II iBoxx Eurozone Government Bond Yield Plus 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0925589839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>140,490</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,364</x:t>
-[...512 lines deleted...]
-          <x:t>140,180</x:t>
+          <x:t>140,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>