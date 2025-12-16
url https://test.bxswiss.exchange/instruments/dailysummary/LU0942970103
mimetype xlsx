--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ddb8c1eec9425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3351c18e866d4fbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23abab4c14a4dff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1878987228e54a3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf471312e1e44f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23abab4c14a4dff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e9dcf9c535c4e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1878987228e54a3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II ESG Global Aggregate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0942970103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>31,878</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,562</x:t>
-[...404 lines deleted...]
-          <x:t>31,826</x:t>
+          <x:t>32,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,852</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>32,009</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>