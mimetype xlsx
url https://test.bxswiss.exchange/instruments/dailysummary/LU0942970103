--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3351c18e866d4fbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc7faac6b164afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1878987228e54a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc253d3c56f094541"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e9dcf9c535c4e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1878987228e54a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c595e0d48fe484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc253d3c56f094541" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II ESG Global Aggregate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0942970103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>31,803</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,770</x:t>
-[...345 lines deleted...]
-          <x:t>31,827</x:t>
+          <x:t>31,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>31,648</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>