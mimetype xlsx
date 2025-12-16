--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re958e6309f7f4671" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f7b795ff4e475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6184ca15167426a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94983c002bbe4b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bbd565de6934faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6184ca15167426a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e9b2edfecc45e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94983c002bbe4b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0943504760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>150,680</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>