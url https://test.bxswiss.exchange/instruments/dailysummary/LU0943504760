--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f7b795ff4e475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd39a5086a2ba42c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94983c002bbe4b66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4754b0ef93c54a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e9b2edfecc45e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94983c002bbe4b66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b1ab5761bd04647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4754b0ef93c54a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0943504760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>160,752</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,521</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>162,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>