--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced8cdca62b44132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e53a860151f403c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b97cb6ef7d34b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08d7e1e697c145fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3ca4db9889a430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b97cb6ef7d34b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61d9cfb4afe42e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08d7e1e697c145fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950668870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>33,420</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,702</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>34,121</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>