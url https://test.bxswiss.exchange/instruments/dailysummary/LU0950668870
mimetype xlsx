--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e53a860151f403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e7ff408a490467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08d7e1e697c145fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31bea7e0bc2484b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61d9cfb4afe42e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08d7e1e697c145fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16dade0f7c047c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31bea7e0bc2484b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950668870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>34,693</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>35,165</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>