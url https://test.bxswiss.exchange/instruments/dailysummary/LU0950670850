--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eea3eeb1f3a442a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R154fb7132e7e408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b735ea6ffa4624"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2a9afed60814945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3a8a23dd634ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b735ea6ffa4624" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52618d99f3ac49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2a9afed60814945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI UK UCITS ETF (GBP) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950670850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>40,063</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,922</x:t>
-[...409 lines deleted...]
-          <x:t>40,771</x:t>
+          <x:t>40,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>