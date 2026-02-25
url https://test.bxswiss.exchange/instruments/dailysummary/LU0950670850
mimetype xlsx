--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R154fb7132e7e408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fb2a0d96d734f1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2a9afed60814945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0825978674944cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52618d99f3ac49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2a9afed60814945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3412e542c4d442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0825978674944cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI UK UCITS ETF (GBP) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950670850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>41,837</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,706</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>41,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>