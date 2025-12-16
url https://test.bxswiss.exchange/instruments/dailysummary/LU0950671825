--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30df4a79206144a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fed44f0c6ce43e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae0edff0a87d4054"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53255d128574571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R786a02a642474520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae0edff0a87d4054" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5dd15a64fa24ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53255d128574571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (JPY) A-ACC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950671825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>22,501</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,423</x:t>
-[...274 lines deleted...]
-          <x:t>22,483</x:t>
+          <x:t>22,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>