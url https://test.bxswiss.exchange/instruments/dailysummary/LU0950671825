--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fed44f0c6ce43e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92f601a486ee4121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53255d128574571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10be4563e8724650"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5dd15a64fa24ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53255d128574571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4af80d1afa14361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10be4563e8724650" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (JPY) A-ACC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950671825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,509</x:t>
-[...156 lines deleted...]
-          <x:t>23,721</x:t>
+          <x:t>23,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,592</x:t>
-[...193 lines deleted...]
-          <x:t>23,800</x:t>
+          <x:t>24,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>