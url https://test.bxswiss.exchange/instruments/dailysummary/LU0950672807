--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302a9b5bafc74a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88416c7711e04a27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5859ae5a40a46f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2efd601bb7ef4312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52de1a362b9d4eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5859ae5a40a46f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47392b1609b148a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2efd601bb7ef4312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -MSCI Canada UCITS ETF (CAD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950672807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>20,124</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,204</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>20,296</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>