--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88416c7711e04a27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07abf8f472324e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2efd601bb7ef4312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a6d18a0d9174cdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47392b1609b148a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2efd601bb7ef4312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55b018d9218848c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a6d18a0d9174cdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -MSCI Canada UCITS ETF (CAD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950672807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>21,331</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>21,506</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>