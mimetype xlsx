--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6adb23efb7943f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re061b900478440db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re104875893ce4727"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ad36d423cf45dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a06270eb83c48fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re104875893ce4727" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80ae0908dc5f4b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ad36d423cf45dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>11,481</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,445</x:t>
-[...193 lines deleted...]
-          <x:t>11,687</x:t>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>