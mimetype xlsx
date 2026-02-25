--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re061b900478440db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc47e4170ff4d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ad36d423cf45dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb807340c741a40d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80ae0908dc5f4b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ad36d423cf45dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dedafc3a4004ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb807340c741a40d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>11,808</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>11,861</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,871</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>11,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>