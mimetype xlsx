--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cdf062f26747be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R936c1e85d43b44d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e78557331a542fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2202ef57f10647cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R118afdce38694925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e78557331a542fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R255864ce1c5e494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2202ef57f10647cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>28,516</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>29,573</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>