--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R936c1e85d43b44d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R199a7a63fee24c44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2202ef57f10647cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3838f0f141534788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R255864ce1c5e494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2202ef57f10647cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ccd2b8abbb4a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3838f0f141534788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,150</x:t>
-[...107 lines deleted...]
-          <x:t>30,154</x:t>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,962</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>29,878</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>