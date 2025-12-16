--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dbac06ca53d4a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fe552c9aa64eff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89bc35eef8a94e3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R958601f552264421"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d527d7d9deb4a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89bc35eef8a94e3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R155c961d9ed7484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R958601f552264421" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF (EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,366</x:t>
-[...225 lines deleted...]
-          <x:t>29,782</x:t>
+          <x:t>29,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>