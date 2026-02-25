--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fe552c9aa64eff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785db1d1d39e43a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R958601f552264421"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9d6bf1880ab4f18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R155c961d9ed7484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R958601f552264421" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raacf0652e90340b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9d6bf1880ab4f18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF (EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...458 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,929</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>30,033</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>