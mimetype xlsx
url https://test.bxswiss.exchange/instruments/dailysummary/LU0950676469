--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3cb9a9eb1f74beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb23f6029474f1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c8ae989828345d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06b78dd2f984bc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d41f8c49be4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c8ae989828345d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2ae58b1d0bf4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06b78dd2f984bc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950676469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,718</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,707</x:t>
-[...92 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>9,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,824</x:t>
-[...102 lines deleted...]
-          <x:t>9,772</x:t>
+          <x:t>9,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,793</x:t>
-        </x:is>
-[...386 lines deleted...]
-          <x:t>9,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>