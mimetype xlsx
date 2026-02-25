--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb23f6029474f1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45c5ee8c1cac4415" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06b78dd2f984bc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd37f9fb7b141d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2ae58b1d0bf4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06b78dd2f984bc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a74df69fa224856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd37f9fb7b141d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950676469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,704</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,681</x:t>
-[...11 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,751</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>9,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,813</x:t>
-[...48 lines deleted...]
-          <x:t>9,973</x:t>
+          <x:t>9,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,887</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>9,917</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,884</x:t>
-[...269 lines deleted...]
-          <x:t>9,793</x:t>
+          <x:t>9,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>