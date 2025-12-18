--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708703f67ce94f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c337aa33e694165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0d9a678fb6441f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34876432bdcb420b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2836c11cee1427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0d9a678fb6441f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2c90b267fc14855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34876432bdcb420b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0994505336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>33,310</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>