--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c337aa33e694165" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809af8406878409d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34876432bdcb420b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red10cc0aca544a16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2c90b267fc14855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34876432bdcb420b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81094d1f75b84056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red10cc0aca544a16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0994505336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>