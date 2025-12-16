--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c0f246f3a2428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R852f5f20690f47ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87dfe1bd235a41da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0affa82d9fbe4212"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba8cc5a397c842a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87dfe1bd235a41da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R352a94f69e8b4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0affa82d9fbe4212" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>13,525</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>