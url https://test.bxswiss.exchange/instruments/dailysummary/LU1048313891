--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R852f5f20690f47ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4410e7fc0784db0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0affa82d9fbe4212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f8aea615ef44e2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R352a94f69e8b4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0affa82d9fbe4212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c05760c90b046f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f8aea615ef44e2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>13,986</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,836</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>14,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,871</x:t>
-[...156 lines deleted...]
-          <x:t>14,166</x:t>
+          <x:t>14,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,133</x:t>
-[...281 lines deleted...]
-          <x:t>14,195</x:t>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,973</x:t>
-[...31 lines deleted...]
-          <x:t>14,091</x:t>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>