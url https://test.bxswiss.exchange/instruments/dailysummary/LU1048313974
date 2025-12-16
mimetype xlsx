--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dace60dcda342c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bb5c43ef4af4cd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd079d61bc66843e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd69c91eb9e4b22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1d368ab5f24336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd079d61bc66843e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096a2e2e3c094c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd69c91eb9e4b22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets SRI UCITS ETF A Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>17,555</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>