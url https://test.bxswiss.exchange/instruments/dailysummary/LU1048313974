--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bb5c43ef4af4cd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd78d616772044e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd69c91eb9e4b22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0164fb849a4a4f78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096a2e2e3c094c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd69c91eb9e4b22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf3ac6de5607422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0164fb849a4a4f78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets SRI UCITS ETF A Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>18,066</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,022</x:t>
-[...11 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>18,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,374</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>18,591</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,534</x:t>
-[...80 lines deleted...]
-          <x:t>18,311</x:t>
+          <x:t>18,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>