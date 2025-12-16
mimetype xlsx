--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd0bf941f4748ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96463ed1b48146ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d2298c28a614010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2394024a0c4d4893"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cad099d3c8b4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d2298c28a614010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9696cfc9d5a44e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2394024a0c4d4893" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg Euro Area Liquid Corporates 1-5 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048314196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,443</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>12,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,414</x:t>
-[...48 lines deleted...]
-          <x:t>12,426</x:t>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,394</x:t>
-[...70 lines deleted...]
-          <x:t>12,379</x:t>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,449</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>11.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,425</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>12,429</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>12,438</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>