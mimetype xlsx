--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96463ed1b48146ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d2037f244e4613" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2394024a0c4d4893"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63e5ddb062a4584"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9696cfc9d5a44e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2394024a0c4d4893" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b093f57555847f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63e5ddb062a4584" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg Euro Area Liquid Corporates 1-5 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048314196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>12,347</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>12,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>12,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>24.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,439</x:t>
-[...409 lines deleted...]
-          <x:t>12,427</x:t>
+          <x:t>12,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>