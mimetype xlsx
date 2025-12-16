--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6fee68396a4a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a787715b9b44f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R505f0475d9354be7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56f0ce87f8284769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra849b1795710418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R505f0475d9354be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa69d2e02b894904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56f0ce87f8284769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates 1-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048315086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,088</x:t>
+          <x:t>14,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...499 lines deleted...]
-          <x:t>14,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,934</x:t>
-[...31 lines deleted...]
-          <x:t>15,011</x:t>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>