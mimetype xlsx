--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a787715b9b44f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d424094119f4b7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56f0ce87f8284769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f3241d25354e52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa69d2e02b894904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56f0ce87f8284769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radb91a6d1d5f4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f3241d25354e52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates 1-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048315086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>15,061</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,211</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...364 lines deleted...]
-          <x:t>15,310</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,217</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>15,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>