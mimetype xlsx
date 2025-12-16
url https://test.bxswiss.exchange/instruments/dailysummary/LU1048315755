--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1071d66aa3664a03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfd0fe37a644864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12efa3a21dda454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R399b71f74b0c4c3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cdd4a6fc1ec4817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12efa3a21dda454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc2751515a94dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R399b71f74b0c4c3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates 1-5 Year UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048315755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,290</x:t>
-[...161 lines deleted...]
-          <x:t>13,388</x:t>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,337</x:t>
-[...431 lines deleted...]
-          <x:t>13,326</x:t>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>