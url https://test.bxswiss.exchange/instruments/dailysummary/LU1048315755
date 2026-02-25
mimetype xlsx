--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfd0fe37a644864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5107de1d406b40b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R399b71f74b0c4c3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R412862a18a754da5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc2751515a94dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R399b71f74b0c4c3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f7bbff7ee3343f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R412862a18a754da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates 1-5 Year UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048315755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,334</x:t>
-[...102 lines deleted...]
-          <x:t>13,290</x:t>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,266</x:t>
-[...26 lines deleted...]
-          <x:t>13,276</x:t>
+          <x:t>13,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,308</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>13,290</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>13,298</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>