--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a638108563c4275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaef2ca57fd34a7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1586889c8cf48e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceadff8586d64324"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7475d9d51d8e4025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1586889c8cf48e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R395970741ca9472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceadff8586d64324" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (USD) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>11,968</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>12,010</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>12,027</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,005</x:t>
-[...328 lines deleted...]
-          <x:t>12,054</x:t>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>