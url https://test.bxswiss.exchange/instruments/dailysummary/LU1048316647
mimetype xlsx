--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaef2ca57fd34a7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc245c00b9dec458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceadff8586d64324"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a5902e5731f4a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R395970741ca9472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceadff8586d64324" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b9d4cdcfbe419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a5902e5731f4a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (USD) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>11,931</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,987</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>19.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,149</x:t>
-[...188 lines deleted...]
-          <x:t>12,316</x:t>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,237</x:t>
-[...102 lines deleted...]
-          <x:t>12,137</x:t>
+          <x:t>12,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,186</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>12,169</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>12,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>