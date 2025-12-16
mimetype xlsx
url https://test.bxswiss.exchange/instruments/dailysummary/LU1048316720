--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c25d3d84184fd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7be838b0871448f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b2968793dd3470c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb8254040244fe1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63239d187514530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b2968793dd3470c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb18990c6068e49d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb8254040244fe1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,809</x:t>
-[...4 lines deleted...]
-          <x:t>11,671</x:t>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,734</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>11,784</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>