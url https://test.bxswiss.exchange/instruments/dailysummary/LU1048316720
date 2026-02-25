--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7be838b0871448f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd03d01378ca7430b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb8254040244fe1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc1ddf10db5744b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb18990c6068e49d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb8254040244fe1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a4f0d9ef244ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc1ddf10db5744b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>11,665</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,718</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,771</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>11,958</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>11,859</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,908</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>11,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>