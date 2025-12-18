--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df0ecb8ef6f43cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa6feb86cc442c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re25a8b1a227e4780"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8994f69dd9d4658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb148a8ce95c34df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re25a8b1a227e4780" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dab5d38f6264699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8994f69dd9d4658" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048317538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>15,219</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,278</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>15,416</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>