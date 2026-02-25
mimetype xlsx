--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa6feb86cc442c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf06f59e6ac6e4321" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8994f69dd9d4658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree7c32b02bd74908"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dab5d38f6264699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8994f69dd9d4658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db4f307c8304ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree7c32b02bd74908" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048317538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,294</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,254</x:t>
-[...372 lines deleted...]
-          <x:t>15,417</x:t>
+          <x:t>15,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,360</x:t>
-[...215 lines deleted...]
-          <x:t>15,300</x:t>
+          <x:t>15,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>