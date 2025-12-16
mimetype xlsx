--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22515b28d7624ffc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc979b6286796461f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0c524d92e764557"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6af215255e24e1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c36d5b0b054b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0c524d92e764557" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76f54138d7e41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6af215255e24e1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>26,075</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>