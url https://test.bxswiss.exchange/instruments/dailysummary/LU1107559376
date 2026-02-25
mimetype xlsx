--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc979b6286796461f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dbb6dd7ecb74532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6af215255e24e1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R488ee479a305454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76f54138d7e41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6af215255e24e1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf31679a2556e42b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R488ee479a305454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>27,157</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,046</x:t>
-[...161 lines deleted...]
-          <x:t>27,164</x:t>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>