--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R830e26a9a82649a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41cf1bff29c94322" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92776e2b5d5e4099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167e685b81aa4dd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2c310fde7b4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92776e2b5d5e4099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a9dcddec50c465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167e685b81aa4dd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>16,416</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,281</x:t>
-[...463 lines deleted...]
-          <x:t>16,450</x:t>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>