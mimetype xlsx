--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41cf1bff29c94322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e6f6bb897014f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167e685b81aa4dd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R328cb47852114652"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a9dcddec50c465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167e685b81aa4dd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcef5de8afa4e4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R328cb47852114652" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>17,138</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,101</x:t>
-[...215 lines deleted...]
-          <x:t>17,173</x:t>
+          <x:t>17,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>