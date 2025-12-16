--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra382b31bda50453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b8ed4e6779f4734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bd988e8e0d46a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852dcbfd95fc4b69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96bc85e4225d4409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bd988e8e0d46a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe700185b1974251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852dcbfd95fc4b69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR High Yield Corporate Bond UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109943388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>22,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,129</x:t>
-[...43 lines deleted...]
-          <x:t>22,214</x:t>
+          <x:t>22,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,205</x:t>
-[...490 lines deleted...]
-          <x:t>22,264</x:t>
+          <x:t>22,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>