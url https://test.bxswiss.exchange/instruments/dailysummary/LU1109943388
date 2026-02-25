--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b8ed4e6779f4734" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R788e7104f0434145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852dcbfd95fc4b69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b4150e9f8347e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe700185b1974251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852dcbfd95fc4b69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1880be26630f4438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b4150e9f8347e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR High Yield Corporate Bond UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109943388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>22,247</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,247</x:t>
-[...26 lines deleted...]
-          <x:t>22,262</x:t>
+          <x:t>22,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>22,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>22,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,283</x:t>
-[...156 lines deleted...]
-          <x:t>22,476</x:t>
+          <x:t>22,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,414</x:t>
-[...107 lines deleted...]
-          <x:t>22,373</x:t>
+          <x:t>22,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>