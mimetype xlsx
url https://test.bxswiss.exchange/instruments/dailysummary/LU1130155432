--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc2a234f448f4d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a25a9a144654c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f4761c0b857408a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f67a11eb304a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20775202645c4c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f4761c0b857408a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef86e8f69104263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f67a11eb304a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>36,939</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>