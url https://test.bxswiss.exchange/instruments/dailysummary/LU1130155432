--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a25a9a144654c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb4b4e21bef4245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f67a11eb304a3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3627b122ebaf4abe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef86e8f69104263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f67a11eb304a3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b2da3381644890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3627b122ebaf4abe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>38,708</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,264</x:t>
-[...31 lines deleted...]
-          <x:t>38,562</x:t>
+          <x:t>39,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>