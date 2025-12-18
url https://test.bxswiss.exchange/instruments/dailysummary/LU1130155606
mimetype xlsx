--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8340dcfb974630" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cbc50b7039d4718" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a9ab56b07eb4d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ad6eb66e87348c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb83dc20cd9ab4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a9ab56b07eb4d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607091ec31314446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ad6eb66e87348c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS-MSCI Canada UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>31,925</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,791</x:t>
-[...43 lines deleted...]
-          <x:t>31,890</x:t>
+          <x:t>31,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,674</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>31,368</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>32,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>