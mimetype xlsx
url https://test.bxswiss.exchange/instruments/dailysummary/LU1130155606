--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cbc50b7039d4718" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cbf1b13b3e14cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ad6eb66e87348c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb614dd2943f74d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607091ec31314446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ad6eb66e87348c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51f35575b8de4a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb614dd2943f74d9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS-MSCI Canada UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>