--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b08e93d78f4e8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2c361f02814750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d115348d7234e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R913119763a954cde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra546d26aaa154496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d115348d7234e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42c1b1478684be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R913119763a954cde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>37,456</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>