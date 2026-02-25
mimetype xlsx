--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2c361f02814750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebcbf1c6a179489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R913119763a954cde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c252ae80e5b45e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42c1b1478684be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R913119763a954cde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7df6b1f102644a36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c252ae80e5b45e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>40,156</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,079</x:t>
-[...70 lines deleted...]
-          <x:t>39,980</x:t>
+          <x:t>39,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,442</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>39,794</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>