--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a0cd41d58964f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14de28e6a0914db5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9cc1361e4dc4aaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2cd4d4fb5c44f26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1073b0aae7304ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9cc1361e4dc4aaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297744bc39404edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2cd4d4fb5c44f26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1135865084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>385,145</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>