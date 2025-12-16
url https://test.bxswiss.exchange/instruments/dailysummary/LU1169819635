--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c1373ef54243d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b4dd7695f94e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65dff8a8b7e849c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R077d62df359a4cbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra419920f6c814df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65dff8a8b7e849c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9df28e9256d34f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R077d62df359a4cbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>24,113</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>24,402</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>