--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b4dd7695f94e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54eca5ca47604b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R077d62df359a4cbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47052f38ec954004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9df28e9256d34f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R077d62df359a4cbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f85c8c22f4141d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47052f38ec954004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>25,215</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,163</x:t>
-[...16 lines deleted...]
-          <x:t>25,305</x:t>
+          <x:t>25,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,346</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>25,323</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>