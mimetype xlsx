--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d65110b2d654cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R206d057900b54823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a290ae899e5433a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfce10307fc6d4fc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55e1cd5aa13a47be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a290ae899e5433a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d162c39ac4746f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfce10307fc6d4fc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>17,592</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>