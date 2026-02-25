--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R206d057900b54823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7583be0486e4415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfce10307fc6d4fc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de4be7f89de423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d162c39ac4746f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfce10307fc6d4fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0035ae1aad54902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de4be7f89de423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,182</x:t>
-[...252 lines deleted...]
-          <x:t>18,145</x:t>
+          <x:t>18,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>