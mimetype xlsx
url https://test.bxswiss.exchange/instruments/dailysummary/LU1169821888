--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f1461e4cf5d4955" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7acd691ef65b4209" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R608108988755409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cd6695dd1764ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R784b69e471814660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R608108988755409d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d76b6b65edd44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cd6695dd1764ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>31,375</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>