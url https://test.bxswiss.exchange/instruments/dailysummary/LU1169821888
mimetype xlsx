--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7acd691ef65b4209" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d7958b9650f4f40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cd6695dd1764ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e66a0eb16084aa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d76b6b65edd44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cd6695dd1764ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb98a52e0e9514978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e66a0eb16084aa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>09.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,796</x:t>
-[...117 lines deleted...]
-          <x:t>35,008</x:t>
+          <x:t>34,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>