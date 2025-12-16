--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf922b10ff2da4de8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d5883cc06f4975" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3817d642d44240bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4ac839f740404d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664fafd6ac624825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3817d642d44240bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd197ae3a369f45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4ac839f740404d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 4C CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1221102491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>24,575</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,513</x:t>
-[...92 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>25,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,825</x:t>
-[...414 lines deleted...]
-          <x:t>24,740</x:t>
+          <x:t>24,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>