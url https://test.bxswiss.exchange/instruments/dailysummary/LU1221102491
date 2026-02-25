--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d5883cc06f4975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd273b80a7cd24f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4ac839f740404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra516773405af4c4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd197ae3a369f45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4ac839f740404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f260ed62f9e47aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra516773405af4c4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 4C CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1221102491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>