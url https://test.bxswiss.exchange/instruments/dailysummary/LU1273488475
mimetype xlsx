--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5743732cfa5d4a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7fab7b688c4925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63545db14b794672"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd15233627147445a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70be6864ee2642a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63545db14b794672" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd664d89631674893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd15233627147445a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273488475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>31,768</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>