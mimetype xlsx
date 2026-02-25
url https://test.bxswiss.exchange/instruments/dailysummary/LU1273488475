--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7fab7b688c4925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73cb8b5246044198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd15233627147445a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae25ab74c164a05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd664d89631674893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd15233627147445a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61459eae26d644f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae25ab74c164a05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273488475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...485 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,785</x:t>
-[...70 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>36,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>