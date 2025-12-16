--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bcd169ac6848ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd4fe5070a964abb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R317b28ec99b446ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c1523d845144cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4812446748d4496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R317b28ec99b446ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5756d64812594443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c1523d845144cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273642816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>26,837</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,301</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>27,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>27,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>28,023</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>