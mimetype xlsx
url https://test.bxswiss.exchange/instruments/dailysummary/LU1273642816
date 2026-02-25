--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd4fe5070a964abb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5b35f90f394448c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c1523d845144cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f2caf203844a62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5756d64812594443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c1523d845144cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra14f0d3fbfd142d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f2caf203844a62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273642816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>27,919</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,928</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...236 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>