--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd303813cbdb846b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4218bf1a6d0c4f08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e38c0c900a7415a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a1e6b4fb04846f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d9f3459a48d4ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e38c0c900a7415a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed004e7e7b740ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a1e6b4fb04846f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi USD Corporate Bond Climate Paris Aligned UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1285959703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>77,919</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>