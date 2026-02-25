--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4218bf1a6d0c4f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821cccbe106748dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a1e6b4fb04846f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53981cc2e92a4344"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed004e7e7b740ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a1e6b4fb04846f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec73e629c4964d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53981cc2e92a4344" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi USD Corporate Bond Climate Paris Aligned UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1285959703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...473 lines deleted...]
-          <x:t>75,521</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...100 lines deleted...]
-          <x:t>74,648</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>