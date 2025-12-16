--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c5f5ff50044fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref9b99d4ea3348cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6db0a631d36845f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd67bbfe3a74a4e07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02b7e94936d64046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6db0a631d36845f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b03399658c94728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd67bbfe3a74a4e07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi USD Corporate Bond Climate Paris Aligned UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1285960032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>76,990</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,414</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,770</x:t>
-[...313 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,176</x:t>
-[...9 lines deleted...]
-          <x:t>77,056</x:t>
+          <x:t>77,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>