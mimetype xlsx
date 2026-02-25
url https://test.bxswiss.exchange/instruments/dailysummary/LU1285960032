--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref9b99d4ea3348cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8630057135c4384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd67bbfe3a74a4e07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c098c93b2234dbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b03399658c94728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd67bbfe3a74a4e07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8bb1b24c71747c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c098c93b2234dbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi USD Corporate Bond Climate Paris Aligned UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1285960032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>