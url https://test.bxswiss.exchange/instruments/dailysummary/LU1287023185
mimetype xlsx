--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121628b042e14c12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e865397b7041d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84a6370ebf9e4683"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce76b18e2dc48c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5950776a36241ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84a6370ebf9e4683" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519fce72952c4595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce76b18e2dc48c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 7-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>168,638</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>168,438</x:t>
-[...188 lines deleted...]
-          <x:t>168,948</x:t>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>