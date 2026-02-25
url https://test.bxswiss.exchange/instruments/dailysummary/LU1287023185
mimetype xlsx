--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e865397b7041d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe23a8ecb4dd41bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce76b18e2dc48c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf59fb8f05a514a1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519fce72952c4595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce76b18e2dc48c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf117d87c29041cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf59fb8f05a514a1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 7-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>170,470</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,981</x:t>
-[...269 lines deleted...]
-          <x:t>169,114</x:t>
+          <x:t>170,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>