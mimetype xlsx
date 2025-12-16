--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01c24629a02044de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760c278a37f84a76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf0649e2750548b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6da9e2462514425e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72757a09da6d476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf0649e2750548b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7c925a4dac4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6da9e2462514425e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 15+Y   UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>175,468</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>