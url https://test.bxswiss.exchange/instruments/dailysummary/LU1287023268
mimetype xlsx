--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760c278a37f84a76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f0bc37057142a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6da9e2462514425e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad672b35c244831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7c925a4dac4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6da9e2462514425e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf81eca1784a43cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad672b35c244831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 15+Y   UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>174,020</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,562</x:t>
-[...85 lines deleted...]
-          <x:t>174,636</x:t>
+          <x:t>175,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>