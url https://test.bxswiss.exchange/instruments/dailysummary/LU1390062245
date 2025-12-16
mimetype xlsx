--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra83ed8e7ff6f4dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c8bf3c2f42840da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dcd36d992d749fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92aa9e32f67348b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43ef80346a7e4c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dcd36d992d749fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61466b375f6c437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92aa9e32f67348b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Inflation Expectations 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>109,247</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>109,114</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,387</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>109,203</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>