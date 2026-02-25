--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c8bf3c2f42840da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree923997da3b458d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92aa9e32f67348b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd473919b01f148f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61466b375f6c437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92aa9e32f67348b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9ec068f50e4b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd473919b01f148f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Inflation Expectations 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>108,896</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,781</x:t>
-[...327 lines deleted...]
-        <x:is>
           <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>