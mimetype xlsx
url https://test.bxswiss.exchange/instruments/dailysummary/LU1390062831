--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra95c3a07a7a2450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6c9478280f42dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R731d9d7d71e9423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04690d013ce2477d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reee4cf55342744c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R731d9d7d71e9423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3cd66a577944af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04690d013ce2477d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Inflation Expectations 10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,203</x:t>
-[...107 lines deleted...]
-          <x:t>108,741</x:t>
+          <x:t>108,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,093</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>108,649</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>