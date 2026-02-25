--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6c9478280f42dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c9a1bf1a3e64d35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04690d013ce2477d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f402ceb482249bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3cd66a577944af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04690d013ce2477d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc4c1f6205dc40ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f402ceb482249bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Inflation Expectations 10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>109,702</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,237</x:t>
-[...404 lines deleted...]
-          <x:t>107,959</x:t>
+          <x:t>108,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>